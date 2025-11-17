--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -2417,51 +2417,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117046/images/original/58c06020df2de_publicacoes-2017-aviso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117034/images/original/58871f435fd41_rgf-limitlegdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117035/images/original/58871f435ff60_rgf-dispcxlegdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117036/images/original/58871f43600bb_rgf-desppeslegdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117037/images/original/58871f43601f5_rgf-limitconsoldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117038/images/original/58871f4360335_rgf-limitexecdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117039/images/original/58871f43604a1_rgf-dispcxconsoldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117040/images/original/58871f4360603_rgf-dispcxexecdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117041/images/original/58871f4360745_rgf-opcreddez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117042/images/original/58871f436089a_rgf-garantcontrgardez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117043/images/original/58871f43609d3_rgf-divconsoldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117044/images/original/58871f4360b16_rgf-desppesconsoldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117045/images/original/58871f4360c6f_rgf-desppesexecdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117021/images/original/58871ee60a679_rreo-balorcdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117022/images/original/58871ee60b6d0_rreo-simplificadodez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117023/images/original/58871ee60b975_rreo-saudedez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117024/images/original/58871ee60bb5a_rreo-educacaodez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117025/images/original/58871ee60bd66_rreo-alienatdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117026/images/original/58871ee60bf3b_rreo-projatuarialdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117027/images/original/58871ee60c141_rreo-opcreddez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117028/images/original/58871ee60c35e_rreo-restosdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117029/images/original/58871ee60c5d9_rreo-resprimdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117030/images/original/58871ee60c820_rreo-resnomdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117031/images/original/58871ee60ca3c_rreo-dempreviddez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117032/images/original/58871ee60ccd1_rreo-rcldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117033/images/original/58871ee60cedc_rreo-funsubdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117011/images/original/5873b8563db57_tributosdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117012/images/original/5873b8563de30_receitafundeb2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117013/images/original/5873b8563df83_receitafundebdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117014/images/original/5873b8563e0f2_despesafundeb2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117015/images/original/5873b8563e24d_despesafundebdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117016/images/original/5873b8563e3aa_comprasdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117017/images/original/5873b8563e64f_receita2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117018/images/original/5873b8563e7d2_despesa2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117019/images/original/5873b8563e976_despesadez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117020/images/original/5873b8563eac0_receitadez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117005/images/original/584852e308059_comprasnov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117006/images/original/584852e3083aa_tributosnov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117007/images/original/584852e3085aa_receitafundebnov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117008/images/original/584852e308b1b_despesafundebnov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117009/images/original/584852e308d39_receitanov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117010/images/original/584852e308f89_despesanov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116994/images/original/582f00d83f567_rreo-simplificadoout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116995/images/original/582f00d83f7b0_rreo-educacaoout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116996/images/original/582f00d83f971_rreo-saudeout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116997/images/original/582f00d83fb02_rreo-projatuarialout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116998/images/original/582f00d83fc66_rreo-restosout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116999/images/original/582f00d83fe0c_rreo-resnomout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117000/images/original/582f00d83ff5c_rreo-resprimout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117001/images/original/582f00d840090_rreo-demprevidout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117002/images/original/582f00d8401bd_rreo-rclout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117003/images/original/582f00d840300_rreo-funsubout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/117004/images/original/582f00d840452_rreo-balorout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116988/images/original/582de38645e8b_comprasout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116989/images/original/582de38646398_tributosout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116990/images/original/582de386465c3_despesafundebout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116991/images/original/582de386467af_receitafundebout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116992/images/original/582de386469c7_despesaout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116993/images/original/582de38646baf_receitaout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116982/images/original/580a1be808da2_receitafundebset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116983/images/original/580a1be808faa_comprasset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116984/images/original/580a1be81528f_tributosset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116985/images/original/580a1be815bce_despesafundebset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116986/images/original/580a1be815e22_despesaset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116987/images/original/580a1be815ff7_receitaset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116971/images/original/57dbf5e4b36ab_rreo-educacaoago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116972/images/original/57dbf5e4b3920_rreo-simplificadoago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116973/images/original/57dbf5e4b5ce7_rreo-saudeago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116974/images/original/57dbf5e4b5f52_rreo-projatuarialago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116975/images/original/57dbf5e4b6123_rreo-restosago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116976/images/original/57dbf5e4b62f1_rreo-resprimago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116977/images/original/57dbf5e4b64e2_rreo-resnomago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116978/images/original/57dbf5e4b66b7_rreo-demprevidago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116979/images/original/57dbf5e4b6873_rreo-rclago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116980/images/original/57dbf5e4b6a27_rreo-funsubago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116981/images/original/57dbf5e4b6c48_rreo-balorago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116965/images/original/57dbf5b615be5_comprasago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116966/images/original/57dbf5b615f09_tributosago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116967/images/original/57dbf5b616076_receitafundebago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116968/images/original/57dbf5b6161d2_despesafundebago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116969/images/original/57dbf5b616300_receitaago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116970/images/original/57dbf5b61645f_despesaago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116959/images/original/57bf1f7d76525_comprasjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116960/images/original/57bf1f7d76844_tributosjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116961/images/original/57bf1f7d7a67d_despesafundebjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116962/images/original/57bf1f7d7a814_receitafundebjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116963/images/original/57bf1f7d7a958_receitajul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116964/images/original/57bf1f7d7ab4d_despesajul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116958/images/original/57a48840b882e_contadjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116948/images/original/578f81e605a8b_rreo-demprevidjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116949/images/original/578f81e605c36_rreo-saudejun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116950/images/original/578f81e605d9a_rreo-simplificadojun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116951/images/original/578f81e605ee9_rreo-educacaojun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116952/images/original/578f81e60604f_rreo-restosjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116953/images/original/578f81e6061d8_rreo-rcljun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116954/images/original/578f81e606323_rreo-resnomjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116955/images/original/578f81e606476_rreo-resprimjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116956/images/original/578f81e6065bb_rreo-funsubjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116957/images/original/578f81e606708_rreo-balorjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116938/images/original/578f819c76a05_rgf-limitconsoljun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116939/images/original/578f819c76bfd_rgf-limitexecjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116940/images/original/578f819c76de0_rgf-limitlegjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116941/images/original/578f819c76f68_rgf-opcredjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116942/images/original/578f819c771f1_rgf-garantcontrgarjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116943/images/original/578f819c773e8_rgf-divconsoljun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116944/images/original/578f819c775d7_rgf-desppesconsoljun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116945/images/original/578f819c77752_rgf-desppesexecjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116946/images/original/578f819c7792e_rgf-desppeslegjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116931/images/original/577e9cedd14b9_contadjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116932/images/original/577e9cedd17e8_comprasjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116933/images/original/577e9cedd1a1a_receitafundebjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116934/images/original/577e9cedd1b6a_despesafundebjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116935/images/original/577e9cedd1ca0_tributosjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116936/images/original/577e9cedd1df5_despesajun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116937/images/original/577e9cedd1f41_receitajun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116925/images/original/576003d420367_comprasmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116926/images/original/576003d4206e5_tributosmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116927/images/original/576003d420868_receitafundebmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116928/images/original/576003d420a10_despesafundebmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116929/images/original/576003d420b94_despesamai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116930/images/original/576003d420d38_receitamai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116924/images/original/57507d18a6c25_contadmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116918/images/original/578f8220be4f9_comprasabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116919/images/original/578f8220be831_despesafundebabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116920/images/original/578f8220be992_receitafundebabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116921/images/original/578f8220beafd_tributosabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116922/images/original/578f8220bec9d_receitaabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116923/images/original/578f8220bee51_despesaabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116917/images/original/5730e857233a0_contadabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116911/images/original/571a1dec91bf9_comprasmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116912/images/original/571a1dec9206e_tributosmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116913/images/original/571a1dec9229e_receitafundebmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116914/images/original/571a1dec9241a_despesafundebmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116915/images/original/571a1dec92587_despesamar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116916/images/original/571a1dec92702_receitamar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116910/images/original/5706616d999e2_contadmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116897/images/original/56ddd39dda72b_rreo-saudefev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116898/images/original/56ddd39dda8cb_rreo-alienatfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116899/images/original/56ddd39ddaa38_rreo-simplificadofev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116900/images/original/56ddd39ddab72_rreo-projatuarialfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116901/images/original/56ddd39ddaca7_rreo-opcredfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116902/images/original/56ddd39ddade0_rreo-educacaofev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116903/images/original/56ddd39ddaf15_rreo-restosfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116904/images/original/56ddd39ddb03e_rreo-resprimfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116905/images/original/56ddd39ddb162_rreo-resnomfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116906/images/original/56ddd39ddb2b3_rreo-demprevidfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116907/images/original/56ddd39ddb3ee_rreo-rclfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116908/images/original/56ddd39ddb516_rreo-funsubfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116909/images/original/56ddd39ddb6ab_rreo-balorfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116891/images/original/56ddd32855bec_comprasfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116892/images/original/56ddd32855fff_tributosfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116893/images/original/56ddd3285613d_despesafundebfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116894/images/original/56ddd3285626e_receitafundebfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116895/images/original/56ddd32856398_despesafev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116896/images/original/56ddd328564ed_receitafev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116890/images/original/56ddd2ba0e799_contadfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116889/images/original/579b3b5bd8502_contadjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116887/images/original/579b3b0090d3e_orcamento-2016-resumo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116888/images/original/579b3b0090fd0_orcamento-2016-anexo-i.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116881/images/original/56caf17a098e4_comprasjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116882/images/original/56caf17a09cb3_tributosjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116883/images/original/56caf17a09fa4_receitafundebjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116884/images/original/56caf17a0a162_despesafundebjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116885/images/original/56caf17a0a31b_despesajan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116886/images/original/56caf17a0a4b2_receitajan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116879/images/original/57fcca072e20b_parecer-mpublico-de-contas-2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116880/images/original/57fcca072e5fd_parecer-tce-contas-2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116867/images/original/57fbda886f008_certidao-rem-vereadores-exercicio-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116868/images/original/57fbda886f496_certidao-gastos-educacao-exercicio-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116869/images/original/57fbda886f905_certidao-gastos-saude-exercicio-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116870/images/original/57fbda886fe63_certidao-lei-compl-101-exercicio-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116871/images/original/57fbda8870391_creditos-adicionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116872/images/original/57fbda8870c39_ata-de-encerramento-de-inventario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116873/images/original/57fbda8870fcd_parecer-conselho-do-rpps.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116874/images/original/57fbda88712f6_declaracao-blm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116875/images/original/57fbda887157e_declaracao-de-bens.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116876/images/original/57fbda8871832_declaracao-das-conciliacoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116877/images/original/57fbda8871b0c_relatorio-e-parecer-do-controle-interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116878/images/original/57fbda8872010_relatorio-circunstanciado-da-prefeita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116866/images/original/5721f6214c69b_balanco-consolidado-e-notas-explicativas-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116854/images/original/56a6719c41a60_rgf-limitconsoldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116855/images/original/56a6719c41c10_rgf-limitexecdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116856/images/original/56a6719c41d61_rgf-limitlegdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116857/images/original/56a6719c41ee0_rgf-dispcxconsoldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116858/images/original/56a6719c420a4_rgf-dispcxexecdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116859/images/original/56a6719c422b1_rgf-dispcxlegdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116860/images/original/56a6719c424af_rgf-divconsoldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116861/images/original/56a6719c425fc_rgf-opcreddez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116862/images/original/56a6719c4274e_rgf-garantcontrgardez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116863/images/original/56a6719c428c3_rgf-desppesconsoldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116864/images/original/56a6719c42ac7_rgf-desppesexecdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116865/images/original/56a6719c42c46_rgf-desppeslegdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116841/images/original/56a6713a3f925_rreo-saudedez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116842/images/original/56a6713a3fd60_rreo-educacaodez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116843/images/original/56a6713a3ff68_rreo-projatuarialdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116844/images/original/56a6713a400f4_rreo-alienatdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116845/images/original/56a6713a40307_rreo-opcreddez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116846/images/original/56a6713a40470_rreo-restosdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116847/images/original/56a6713a405d4_rreo-dempreviddez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116848/images/original/56a6713a40735_rreo-resnomdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116849/images/original/56a6713a40882_rreo-resprimdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116850/images/original/56a6713a409df_rreo-rcldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116851/images/original/56a6713a40be3_rreo-funsubdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116852/images/original/56a6713a40d9a_rreo-balordez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116853/images/original/56a6713a4368b_rreo-simplificadodez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116831/images/original/5693eba24d982_comprasdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116832/images/original/5693eba24dcd9_receitafundebd2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116833/images/original/5693eba24de3b_receitafundebdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116834/images/original/5693eba251081_despesafundeb2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116835/images/original/5693eba2512b3_despesafundebdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116836/images/original/5693eba2514a8_tributosdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116837/images/original/5693eba25168a_despesa2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116838/images/original/5693eba251847_despesadez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116839/images/original/5693eba251a2f_receita2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116840/images/original/5693eba251c46_receitadez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116830/images/original/568ead996d6ac_contratosaditdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116829/images/original/5667199df1527_contadnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116823/images/original/5660451808fdf_comprasnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116824/images/original/5660451809486_tributosnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116825/images/original/56604518096a4_despesafundebnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116826/images/original/5660451809877_receitafundebnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116827/images/original/56604518099c6_despesanov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116828/images/original/5660451809bab_receitanov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116810/images/original/564cbeb9629ff_rreo-projatuarialout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116811/images/original/564cbeb962bc3_rreo-funsubout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116812/images/original/564cbeb962d64_rreo-saudeout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116813/images/original/564cbeb962eb9_rreo-alienatout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116814/images/original/564cbeb96305b_rreo-opcredout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116815/images/original/564cbeb9631bc_rreo-educacaoout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116816/images/original/564cbeb9632fe_rreo-restosout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116817/images/original/564cbeb963470_rreo-resprimout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116818/images/original/564cbeb9635da_rreo-resnomout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116819/images/original/564cbeb963714_rreo-demprevidout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116820/images/original/564cbeb963882_rreo-rclout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116821/images/original/564cbeb963a0f_rreo-balorout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116822/images/original/564cbeb963b93_rreo-simplificadoout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116804/images/original/564cbde6bf8cd_receitafundebout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116805/images/original/564cbde6bfa91_comprasout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116806/images/original/564cbde6bfcb2_tributosout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116807/images/original/564cbde6bfe05_despesafundebout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116808/images/original/564cbde6bff65_despesaout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116809/images/original/564cbde6c00d4_receitaout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116803/images/original/563a3951c198e_contadout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116802/images/original/56156405337af_contadset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116796/images/original/5613c64aa9792_receitaset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116797/images/original/5613c64aa9b5c_despesaset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116798/images/original/5613c64aa9d1b_comprasset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116799/images/original/5613c64aa9fff_tributosset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116800/images/original/5613c64aac57b_despesafundebset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116801/images/original/5613c64aac7e5_receitafundebset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116783/images/original/560054302bb6d_rreo-simplificadoago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116784/images/original/560054302bd96_rreo-rclago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116785/images/original/560054302bf4f_rreo-alienatago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116786/images/original/560054302c0ed_rreo-educacaoago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116787/images/original/560054302c298_rreo-saudeago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116788/images/original/560054302c442_rreo-projatuarialago015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116789/images/original/560054302c5fb_rreo-opcredago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116790/images/original/560054302c7a4_rreo-restosago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116791/images/original/560054302c93f_rreo-resprimago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116792/images/original/560054302cae5_rreo-resnomago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116793/images/original/560054302cc7b_rreo-demprevidago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116794/images/original/560054302ce19_rreo-funsubago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116795/images/original/560054302cfd8_rreo-balorago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116782/images/original/55f9c8add00af_comprasago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116776/images/original/55f9c8546704b_receitafundebago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116777/images/original/55f9c8546c5c9_despesafundebago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116778/images/original/55f9c8546c74f_tributosago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116779/images/original/55f9c8546fe1f_despesaago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116780/images/original/55f9c8546ff9c_receitaago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116781/images/original/55f9c8547014f_contadago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116775/images/original/55f1bac49f4a5_contadago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116774/images/original/55c4a74e7b05d_contadjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116768/images/original/55c36f14a4d83_comprasjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116769/images/original/55c36f14a5072_tributosjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116770/images/original/55c36f14a51c7_despesafundebjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116771/images/original/55c36f14a52f0_receitafundebjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116772/images/original/55c36f14a5414_receitajul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116773/images/original/55c36f14a557a_despesajul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116755/images/original/559fc5dd4cd49_rreo-simplificadojun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116756/images/original/559fc5dd4d00f_rreo-saudejun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116757/images/original/559fc5dd4d1d2_rreo-alienatjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116758/images/original/559fc5dd4d3cc_rreo-projatuarialjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116759/images/original/559fc5dd4d5d4_rreo-opcredjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116760/images/original/559fc5dd4d7ad_rreo-educacaojun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116761/images/original/559fc5dd4d9c1_rreo-restosjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116762/images/original/559fc5dd4dc14_rreo-resprimjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116763/images/original/559fc5dd4ddce_rreo-resnomjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116764/images/original/559fc5dd50351_rreo-demprevidjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116765/images/original/559fc5dd50524_rreo-rcljul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116766/images/original/559fc5dd506c7_rreo-funsubjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116767/images/original/559fc5dd50887_rreo-balorjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116754/images/original/559e4fa2511df_contadjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116748/images/original/559c2967ad8a3_comprasjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116749/images/original/559c2967adbee_receitafundebjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116750/images/original/559c2967addb4_despesafundebjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116751/images/original/559c2967adf03_tributosjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116752/images/original/559c2967ae044_despesajun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116753/images/original/559c2967ae1bb_receitajun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116741/images/original/5575ef8c728d3_contadmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116742/images/original/5575ef8c72c6a_comprasmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116743/images/original/5575ef8c72e1a_receitafundebmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116744/images/original/5575ef8c72f38_despesafundebmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116745/images/original/5575ef8c7307d_tributosmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116746/images/original/5575ef8c73194_receitamaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116747/images/original/5575ef8c732c4_despesamaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116728/images/original/555cdcbaecf4e_rreo-demprevidabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116729/images/original/555cdcbaed1ec_rreo-simplificadoabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116730/images/original/555cdcbaed427_rreo-saudeabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116731/images/original/555cdcbaed5ee_rreo-alienatabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116732/images/original/555cdcbaed7d2_rreo-projatuarialabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116733/images/original/555cdcbaed95b_rreo-opcredabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116734/images/original/555cdcbaedb2e_rreo-educacaoabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116735/images/original/555cdcbaedcd9_rreo-restosabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116736/images/original/555cdcbaede92_rreo-resprimabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116737/images/original/555cdcbaee043_rreo-resnomabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116738/images/original/555cdcbaee1d0_rreo-rclabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116739/images/original/555cdcbaee358_rreo-funsubabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116740/images/original/555cdcbaee50d_rreo-balorabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116722/images/original/5559da8f71903_comprasabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116723/images/original/5559da8f71c90_tributosabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116724/images/original/5559da8f71e65_despesafundebabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116725/images/original/5559da8f7200f_receitafundebabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116726/images/original/5559da8f721e6_despesaabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116727/images/original/5559da8f723a0_receitaabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116721/images/original/5550a3f07a17a_contadabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116720/images/original/5537fa3d9d17a_despesamar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116714/images/original/5537f97b5de43_comprasmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116715/images/original/5537f97b5e1a2_tributosmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116716/images/original/5537f97b5e36b_receitafundebmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116717/images/original/5537f97b5e50f_despesafundebmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116718/images/original/5537f97b5e6d0_receitamar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116719/images/original/5537f97b5e8f6_contadmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116713/images/original/55257c0c08be0_contadmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116700/images/original/54fde0a0c71fd_rreo-simplificadofev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116701/images/original/54fde0a0c7dff_rreo-educacaofev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116702/images/original/54fde0a0c8071_rreo-saudefev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116703/images/original/54fde0a0c824d_rreo-alienatfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116704/images/original/54fde0a0c83f5_rreo-projatuarialfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116705/images/original/54fde0a0c85c7_rreo-opcredfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116706/images/original/54fde0a0ce18e_rreo-restosfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116707/images/original/54fde0a0ce3ea_rreo-resnomfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116708/images/original/54fde0a0ce5d3_rreo-demprevidfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116709/images/original/54fde0a0ce792_rreo-rclfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116710/images/original/54fde0a0ce965_rreo-funsubfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116711/images/original/54fde0a0ceb8f_rreo-balorfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116712/images/original/54fde0a0ced82_rreo-resprimfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116693/images/original/54f9becd6f1ed_contadfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116694/images/original/54f9becd71095_comprasfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116695/images/original/54f9becd71278_receitafundebfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116696/images/original/54f9becd713b5_despesafundebfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116697/images/original/54f9becd714de_tributosfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116698/images/original/54f9becd7163c_despesafev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116699/images/original/54f9becd7175f_receitafev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116691/images/original/56828d2469f5c_dpin-preslucena-2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116692/images/original/56828d246a530_politica-de-investimentos-presidente-lucena-2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116682/images/original/559fc63047a4a_rgf-limitconsoljun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116683/images/original/559fc63047c05_rgf-limitexecjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116684/images/original/559fc63047d44_rgf-limitlegjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116685/images/original/559fc63047e97_rgf-opcredjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116686/images/original/559fc63047fc9_rgf-garantcontrgarjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116687/images/original/559fc63048103_rgf-divconsoljun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116688/images/original/559fc6304824c_rgf-desppesconsoljun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116689/images/original/559fc63048387_rgf-desppesexecjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116690/images/original/559fc630484e2_rgf-desppeslegjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116681/images/original/54d4adcab8c8c_contadjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116675/images/original/54d3763932bc0_receitafundebjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116676/images/original/54d3763932ee8_comprasjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116677/images/original/54d376393315b_tributosjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116678/images/original/54d3763933355_despesafundebjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116679/images/original/54d3763933559_despesajan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116680/images/original/54d3763933789_receitajan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116674/images/original/55ba2d3f80d8c_balanco-consolidado-anexos-2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116666/images/original/54ca810c929f5_comprasdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116667/images/original/54ca810c92cdf_tributosdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116668/images/original/54ca810c92e59_receitafundeb2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116669/images/original/54ca810c92fee_despesafundeb2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116670/images/original/54ca810c93177_receita2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116671/images/original/54ca810c9330e_receitadez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116672/images/original/54ca810c9352c_despesa2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116673/images/original/54ca810c93702_despesadez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116665/images/original/54be723752c3f_contaddez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116652/images/original/54be716240001_rreo-opcreddez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116653/images/original/54be71624027b_rreo-simplificadodez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116654/images/original/54be71624041c_rreo-educacaodez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116655/images/original/54be7162405c2_rreo-alienatdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116656/images/original/54be716240747_rreo-saudedez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116657/images/original/54be7162408cf_rreo-projatuarialdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116658/images/original/54be716240a49_rreo-dempreviddez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116659/images/original/54be716240bfc_rreo-restosdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116660/images/original/54be716240d91_rreo-resprimdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116661/images/original/54be716240f03_rreo-resnomdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116662/images/original/54be716241093_rreo-rcldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116663/images/original/54be71624122d_rreo-funsubdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116664/images/original/54be7162413a9_rreo-balordez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116637/images/original/54be71238bc3d_rgf-limitconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116638/images/original/54be71238be27_rgf-limitexecdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116639/images/original/54be71238bf8c_rgf-limitlegdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116640/images/original/54be71238c0fc_rgf-restosconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116641/images/original/54be71238c295_rgf-restosexecdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116642/images/original/54be71238c429_rgf-restoslegdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116643/images/original/54be71238e0b0_rgf-dispcxconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116644/images/original/54be71238e28e_rgf-dispcxexecdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116645/images/original/54be71238e420_rgf-dispcxlegdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116646/images/original/54be71238e5a8_rgf-garantcontrgardez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116647/images/original/54be71238e761_rgf-opcreddez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116648/images/original/54be71238e906_rgf-divconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116649/images/original/54be71238ea72_rgf-desppesconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116650/images/original/54be71238ebc7_rgf-desppesexecdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116651/images/original/54be71238ed68_rgf-desppeslegdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116631/images/original/5489cf3cea5ec_comprasnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116632/images/original/5489cf3cea92a_tributosnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116633/images/original/5489cf3ceaaea_receitafundebnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116634/images/original/5489cf3ceacbc_despesafundebnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116635/images/original/5489cf3ceae7f_receitanov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116636/images/original/5489cf3ceb08e_despesanov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116630/images/original/5489cf02db941_contadnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116617/images/original/546e1f777eddd_rreo-simplificadoout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116618/images/original/546e1f777f0c4_rreo-saudeout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116619/images/original/546e1f778157d_rreo-educacaoout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116620/images/original/546e1f77984c9_rreo-restosout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116621/images/original/546e1f779c7c3_rreo-alienatout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116622/images/original/546e1f779ca74_rreo-opcredout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116623/images/original/546e1f779cc78_rreo-demprevidout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116624/images/original/546e1f779ce8a_rreo-projatuarialout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116625/images/original/546e1f779e777_rreo-resnomout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116626/images/original/546e1f779ea88_rreo-resprimout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116627/images/original/546e1f779ecba_rreo-rclout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116628/images/original/546e1f779eee1_rreo-funsubout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116629/images/original/546e1f779f0f4_rreo-balorout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116611/images/original/546c7eea45f1f_comprasout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116612/images/original/546c7eea4626b_despesafundebout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116613/images/original/546c7eea46429_receitafundebout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116614/images/original/546c7eea465d2_tributosout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116615/images/original/546c7eea467dc_despesaout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116616/images/original/546c7eea46974_receitaout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116610/images/original/54622cbf217d8_contadout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116604/images/original/54410c6e4bf70_receitafundebset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116605/images/original/54410c6e4c242_despesafundebset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116606/images/original/54410c6e4c4cf_tributosset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116607/images/original/54410c6e4c72e_receitaset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116608/images/original/54410c6e4c9d7_despesaset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116609/images/original/54410c6e4cbfc_comprasset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116603/images/original/543523dbbffde_contadset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116597/images/original/5417325b65fc3_comprasago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116598/images/original/5417325b66315_tributosago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116599/images/original/5417325b66463_despesafundebago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116600/images/original/5417325b68539_receitafundebago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116601/images/original/5417325b686a6_despesaago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116602/images/original/5417325b687f7_receitaago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116584/images/original/5417322504709_rreo-resprimago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116585/images/original/5417322504946_rreo-simplificadoago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116586/images/original/5417322504add_rreo-saudeago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116587/images/original/5417322504c5d_rreo-alienatago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116588/images/original/5417322504da5_rreo-projatuarialago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116589/images/original/5417322504f3f_rreo-opcredago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116590/images/original/541732250767a_rreo-educacaoago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116591/images/original/541732250781d_rreo-restosago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116592/images/original/5417322507981_rreo-resnomago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116593/images/original/5417322507b01_rreo-demprevidago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116594/images/original/5417322507c55_rreo-rclago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116595/images/original/5417322507e04_rreo-funsubago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116596/images/original/5417322507f74_rreo-balorago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116582/images/original/540ef54100e72_contadago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116576/images/original/53f1f8b3e8aa5_comprasjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116577/images/original/53f1f8b3e90f0_tributosjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116578/images/original/53f1f8b3e939a_receitafundebjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116579/images/original/53f1f8b3e963c_despesafundebjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116580/images/original/53f1f8b3e9912_despesajul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116581/images/original/53f1f8b3e9b73_receitajul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116575/images/original/53e3c385c2adf_contadjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116562/images/original/53c57e0960905_rreo-simplificadojun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116563/images/original/53c57e0960c01_rreo-saudejun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116564/images/original/53c57e0960e85_rreo-alienatjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116565/images/original/53c57e0961172_rreo-projatuarialjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116566/images/original/53c57e0961411_rreo-opcredjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116567/images/original/53c57e0961628_rreo-educacaojun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116568/images/original/53c57e096185a_rreo-restosjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116569/images/original/53c57e0961a14_rreo-resprimjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116570/images/original/53c57e0961bf7_rreo-resnomjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116571/images/original/53c57e0961dda_rreo-demprevidjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116572/images/original/53c57e0962066_rreo-rcljun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116573/images/original/53c57e096221c_rreo-funsubjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116574/images/original/53c57e09623fb_rreo-balorjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116553/images/original/53c57dc299abf_rgf-limitconsoljun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116554/images/original/53c57dc299e0c_rgf-limitexecjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116555/images/original/53c57dc29a0a9_rgf-limitlegjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116556/images/original/53c57dc29a333_rgf-opcredjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116557/images/original/53c57dc29a549_rgf-divconsoljun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116558/images/original/53c57dc29a79c_rgf-garantcontrgarjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116559/images/original/53c57dc29a9fd_rgf-desppesconsoljun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116560/images/original/53c57dc29ac5a_rgf-desppesexecjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116561/images/original/53c57dc29aef7_rgf-desppeslegjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116545/images/original/53bc235e05383_contadjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116546/images/original/53bc235e07f6e_comprasjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116547/images/original/53bc235e08368_tributosjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116549/images/original/53bc235e08523_receitafundebjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116550/images/original/53bc235e086b3_despesafundebjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116551/images/original/53bc235e08884_receitajun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116552/images/original/53bc235e08a39_despesajun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116539/images/original/53a9a31bd5fa5_tributosmaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116540/images/original/53a9a31bd632b_despesafundebfmaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116541/images/original/53a9a31bd659c_receitafundebmaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116542/images/original/53a9a31bd67a1_despesamai2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116543/images/original/53a9a31bd69a7_receitamaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116544/images/original/53a9a31bd6bcc_comprasmaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116538/images/original/5395a45ff3f8c_contadmai2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116532/images/original/5375ecfc932d2_comprasabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116533/images/original/5375ecfc9360b_tributosabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116534/images/original/5375ecfc937ba_receitafundebabril2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116535/images/original/5375ecfc9393d_despesafundebfabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116536/images/original/5375ecfc93aa0_despesaabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116537/images/original/5375ecfc93c1e_receitaabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116518/images/original/5375ec916f127_rreo-simplificadoabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116519/images/original/5375ec916f38a_rreo-saudeabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116521/images/original/5375ec916f585_rreo-alienatabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116522/images/original/5375ec916f6ff_rreo-projatuarialabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116523/images/original/5375ec916f887_rreo-opcredabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116524/images/original/5375ec916f9f5_rreo-educacaoabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116525/images/original/5375ec916fb85_rreo-restosabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116526/images/original/5375ec916fd48_rreo-resprimabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116527/images/original/5375ec916fed4_rreo-resnomabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116528/images/original/5375ec9170060_rreo-demprevidabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116529/images/original/5375ec91701d8_rreo-rclabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116530/images/original/5375ec917034f_rreo-funsubabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116531/images/original/5375ec917051b_rreo-balorabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116512/images/original/535653dbd604e_comprasmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116513/images/original/535653dbd645d_despesafundebfmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116514/images/original/535653dbd65fd_receitafundebmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116515/images/original/535653dbd6768_tributosmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116516/images/original/535653dbd6905_despesamar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116517/images/original/535653dbd6ad9_receitamar2014.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116511/images/original/53440c6de23ff_contadmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116500/images/original/53220f8581cc2_rreo-simplificadofev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116501/images/original/53220f8581ed5_rreo-saudefev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116502/images/original/53220f8582051_rreo-alienatfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116503/images/original/53220f85821e5_rreo-projatuarialfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116504/images/original/53220f8582373_rreo-educacaofev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116505/images/original/53220f85824f2_rreo-restosfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116506/images/original/53220f8582696_rreo-resprimfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116507/images/original/53220f8582813_rreo-resnomfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116508/images/original/53220f85829a9_rreo-rclfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116509/images/original/53220f8582b1a_rreo-funsubfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116510/images/original/53220f8582c94_rreo-balorfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116493/images/original/532059ab6d6ba_comprasfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116494/images/original/532059ab6db2f_receitafundebfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116496/images/original/532059ab6dcde_despesafundebfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116497/images/original/532059ab6de77_tributosfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116498/images/original/532059ab6e00c_despesafev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116499/images/original/532059ab6e1b3_receitafev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116492/images/original/5321acf18cf85_sumulas-fevereiro-2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116486/images/original/52f8d4a71843f_comprasjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116487/images/original/52f8d4a71885d_despesafundebjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116488/images/original/52f8d4a718a6c_receitafundebjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116489/images/original/52f8d4a718c9e_tributosjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116490/images/original/52f8d4a718ef1_despesajan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116491/images/original/52f8d4a7190fa_receitajan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116485/images/original/52f8c166ddd5a_contadjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116484/images/original/53da42a16899b_balanco-2013-anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116471/images/original/52dfdd954e824_rreo-resprimdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116472/images/original/52dfdd954eb4c_rreo-simplificadodez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116473/images/original/52dfdd954eccf_rreo-restosdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116474/images/original/52dfdd954ee7c_rreo-educacaodez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116475/images/original/52dfdd954efe3_rreo-saudedez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116476/images/original/52dfdd954f147_rreo-alienatdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116477/images/original/52dfdd954f2b2_rreo-dempreviddez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116478/images/original/52dfdd954f415_rreo-projatuarialdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116479/images/original/52dfdd954f592_rreo-opcreddez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116480/images/original/52dfdd954f727_rreo-resnomdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116481/images/original/52dfdd954f8cd_rreo-rcldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116482/images/original/52dfdd954fa90_rreo-funsubdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116483/images/original/52dfdd954fc78_rreo-balordez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116456/images/original/52dfdd6748cf0_rgf-restosconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116457/images/original/52dfdd6749062_rgf-limitconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116458/images/original/52dfdd674928d_rgf-limitexecdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116459/images/original/52dfdd67494c7_rgf-limitlegdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116460/images/original/52dfdd6749706_rgf-restosexecdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116461/images/original/52dfdd6749927_rgf-restoslegdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116462/images/original/52dfdd6749b16_rgf-dispcxconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116463/images/original/52dfdd6749d31_rgf-dispcxexecdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116464/images/original/52dfdd6749f4b_rgf-dispcxlegdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116465/images/original/52dfdd674a137_rgf-opcreddez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116466/images/original/52dfdd674a324_rgf-garantcontrgardez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116467/images/original/52dfdd674a52c_rgf-divconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116468/images/original/52dfdd674a764_rgf-desppesconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116469/images/original/52dfdd674a94d_rgf-desppeslegdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116470/images/original/52dfdd674ab7a_rgf-desppesexecdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116446/images/original/52d67efd053c4_comprasdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116447/images/original/52d67efd05750_despesafundebdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116448/images/original/52d67efd058c0_despesafundeb2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116449/images/original/52d67efd05a72_receitafundebdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116450/images/original/52d67efd05c18_receitafundeb2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116451/images/original/52d67efd05d54_tributosdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116452/images/original/52d67efd05ebe_despesadez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116453/images/original/52d67efd06024_despesa2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116454/images/original/52d67efd06185_receitadez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116455/images/original/52d67efd062f4_receita2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116445/images/original/52cb23f694781_contaddez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116439/images/original/52b8524ec43b8_comprasnov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116440/images/original/52b8524ec47c9_receitafundebnov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116441/images/original/52b8524ec4987_despesafundebnov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116442/images/original/52b8524ec4b28_tributosnov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116443/images/original/52b8524ec4cfb_receitanov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/166/DocumentAssets/116444/images/original/52b8524ec4ea6_despesanov2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117046/images/original/58c06020df2de_publicacoes-2017-aviso.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117034/images/original/58871f435fd41_rgf-limitlegdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117035/images/original/58871f435ff60_rgf-dispcxlegdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117036/images/original/58871f43600bb_rgf-desppeslegdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117037/images/original/58871f43601f5_rgf-limitconsoldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117038/images/original/58871f4360335_rgf-limitexecdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117039/images/original/58871f43604a1_rgf-dispcxconsoldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117040/images/original/58871f4360603_rgf-dispcxexecdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117041/images/original/58871f4360745_rgf-opcreddez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117042/images/original/58871f436089a_rgf-garantcontrgardez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117043/images/original/58871f43609d3_rgf-divconsoldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117044/images/original/58871f4360b16_rgf-desppesconsoldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117045/images/original/58871f4360c6f_rgf-desppesexecdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117021/images/original/58871ee60a679_rreo-balorcdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117022/images/original/58871ee60b6d0_rreo-simplificadodez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117023/images/original/58871ee60b975_rreo-saudedez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117024/images/original/58871ee60bb5a_rreo-educacaodez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117025/images/original/58871ee60bd66_rreo-alienatdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117026/images/original/58871ee60bf3b_rreo-projatuarialdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117027/images/original/58871ee60c141_rreo-opcreddez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117028/images/original/58871ee60c35e_rreo-restosdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117029/images/original/58871ee60c5d9_rreo-resprimdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117030/images/original/58871ee60c820_rreo-resnomdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117031/images/original/58871ee60ca3c_rreo-dempreviddez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117032/images/original/58871ee60ccd1_rreo-rcldez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117033/images/original/58871ee60cedc_rreo-funsubdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117011/images/original/5873b8563db57_tributosdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117012/images/original/5873b8563de30_receitafundeb2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117013/images/original/5873b8563df83_receitafundebdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117014/images/original/5873b8563e0f2_despesafundeb2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117015/images/original/5873b8563e24d_despesafundebdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117016/images/original/5873b8563e3aa_comprasdez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117017/images/original/5873b8563e64f_receita2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117018/images/original/5873b8563e7d2_despesa2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117019/images/original/5873b8563e976_despesadez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117020/images/original/5873b8563eac0_receitadez2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117005/images/original/584852e308059_comprasnov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117006/images/original/584852e3083aa_tributosnov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117007/images/original/584852e3085aa_receitafundebnov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117008/images/original/584852e308b1b_despesafundebnov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117009/images/original/584852e308d39_receitanov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117010/images/original/584852e308f89_despesanov2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116994/images/original/582f00d83f567_rreo-simplificadoout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116995/images/original/582f00d83f7b0_rreo-educacaoout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116996/images/original/582f00d83f971_rreo-saudeout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116997/images/original/582f00d83fb02_rreo-projatuarialout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116998/images/original/582f00d83fc66_rreo-restosout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116999/images/original/582f00d83fe0c_rreo-resnomout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117000/images/original/582f00d83ff5c_rreo-resprimout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117001/images/original/582f00d840090_rreo-demprevidout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117002/images/original/582f00d8401bd_rreo-rclout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117003/images/original/582f00d840300_rreo-funsubout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/117004/images/original/582f00d840452_rreo-balorout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116988/images/original/582de38645e8b_comprasout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116989/images/original/582de38646398_tributosout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116990/images/original/582de386465c3_despesafundebout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116991/images/original/582de386467af_receitafundebout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116992/images/original/582de386469c7_despesaout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116993/images/original/582de38646baf_receitaout2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116982/images/original/580a1be808da2_receitafundebset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116983/images/original/580a1be808faa_comprasset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116984/images/original/580a1be81528f_tributosset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116985/images/original/580a1be815bce_despesafundebset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116986/images/original/580a1be815e22_despesaset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116987/images/original/580a1be815ff7_receitaset2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116971/images/original/57dbf5e4b36ab_rreo-educacaoago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116972/images/original/57dbf5e4b3920_rreo-simplificadoago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116973/images/original/57dbf5e4b5ce7_rreo-saudeago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116974/images/original/57dbf5e4b5f52_rreo-projatuarialago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116975/images/original/57dbf5e4b6123_rreo-restosago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116976/images/original/57dbf5e4b62f1_rreo-resprimago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116977/images/original/57dbf5e4b64e2_rreo-resnomago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116978/images/original/57dbf5e4b66b7_rreo-demprevidago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116979/images/original/57dbf5e4b6873_rreo-rclago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116980/images/original/57dbf5e4b6a27_rreo-funsubago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116981/images/original/57dbf5e4b6c48_rreo-balorago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116965/images/original/57dbf5b615be5_comprasago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116966/images/original/57dbf5b615f09_tributosago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116967/images/original/57dbf5b616076_receitafundebago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116968/images/original/57dbf5b6161d2_despesafundebago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116969/images/original/57dbf5b616300_receitaago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116970/images/original/57dbf5b61645f_despesaago2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116959/images/original/57bf1f7d76525_comprasjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116960/images/original/57bf1f7d76844_tributosjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116961/images/original/57bf1f7d7a67d_despesafundebjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116962/images/original/57bf1f7d7a814_receitafundebjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116963/images/original/57bf1f7d7a958_receitajul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116964/images/original/57bf1f7d7ab4d_despesajul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116958/images/original/57a48840b882e_contadjul2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116948/images/original/578f81e605a8b_rreo-demprevidjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116949/images/original/578f81e605c36_rreo-saudejun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116950/images/original/578f81e605d9a_rreo-simplificadojun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116951/images/original/578f81e605ee9_rreo-educacaojun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116952/images/original/578f81e60604f_rreo-restosjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116953/images/original/578f81e6061d8_rreo-rcljun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116954/images/original/578f81e606323_rreo-resnomjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116955/images/original/578f81e606476_rreo-resprimjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116956/images/original/578f81e6065bb_rreo-funsubjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116957/images/original/578f81e606708_rreo-balorjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116938/images/original/578f819c76a05_rgf-limitconsoljun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116939/images/original/578f819c76bfd_rgf-limitexecjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116940/images/original/578f819c76de0_rgf-limitlegjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116941/images/original/578f819c76f68_rgf-opcredjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116942/images/original/578f819c771f1_rgf-garantcontrgarjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116943/images/original/578f819c773e8_rgf-divconsoljun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116944/images/original/578f819c775d7_rgf-desppesconsoljun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116945/images/original/578f819c77752_rgf-desppesexecjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116946/images/original/578f819c7792e_rgf-desppeslegjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116931/images/original/577e9cedd14b9_contadjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116932/images/original/577e9cedd17e8_comprasjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116933/images/original/577e9cedd1a1a_receitafundebjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116934/images/original/577e9cedd1b6a_despesafundebjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116935/images/original/577e9cedd1ca0_tributosjun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116936/images/original/577e9cedd1df5_despesajun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116937/images/original/577e9cedd1f41_receitajun2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116925/images/original/576003d420367_comprasmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116926/images/original/576003d4206e5_tributosmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116927/images/original/576003d420868_receitafundebmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116928/images/original/576003d420a10_despesafundebmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116929/images/original/576003d420b94_despesamai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116930/images/original/576003d420d38_receitamai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116924/images/original/57507d18a6c25_contadmai2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116918/images/original/578f8220be4f9_comprasabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116919/images/original/578f8220be831_despesafundebabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116920/images/original/578f8220be992_receitafundebabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116921/images/original/578f8220beafd_tributosabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116922/images/original/578f8220bec9d_receitaabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116923/images/original/578f8220bee51_despesaabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116917/images/original/5730e857233a0_contadabr2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116911/images/original/571a1dec91bf9_comprasmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116912/images/original/571a1dec9206e_tributosmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116913/images/original/571a1dec9229e_receitafundebmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116914/images/original/571a1dec9241a_despesafundebmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116915/images/original/571a1dec92587_despesamar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116916/images/original/571a1dec92702_receitamar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116910/images/original/5706616d999e2_contadmar2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116897/images/original/56ddd39dda72b_rreo-saudefev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116898/images/original/56ddd39dda8cb_rreo-alienatfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116899/images/original/56ddd39ddaa38_rreo-simplificadofev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116900/images/original/56ddd39ddab72_rreo-projatuarialfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116901/images/original/56ddd39ddaca7_rreo-opcredfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116902/images/original/56ddd39ddade0_rreo-educacaofev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116903/images/original/56ddd39ddaf15_rreo-restosfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116904/images/original/56ddd39ddb03e_rreo-resprimfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116905/images/original/56ddd39ddb162_rreo-resnomfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116906/images/original/56ddd39ddb2b3_rreo-demprevidfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116907/images/original/56ddd39ddb3ee_rreo-rclfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116908/images/original/56ddd39ddb516_rreo-funsubfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116909/images/original/56ddd39ddb6ab_rreo-balorfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116891/images/original/56ddd32855bec_comprasfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116892/images/original/56ddd32855fff_tributosfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116893/images/original/56ddd3285613d_despesafundebfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116894/images/original/56ddd3285626e_receitafundebfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116895/images/original/56ddd32856398_despesafev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116896/images/original/56ddd328564ed_receitafev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116890/images/original/56ddd2ba0e799_contadfev2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116889/images/original/579b3b5bd8502_contadjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116887/images/original/579b3b0090d3e_orcamento-2016-resumo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116888/images/original/579b3b0090fd0_orcamento-2016-anexo-i.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116881/images/original/56caf17a098e4_comprasjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116882/images/original/56caf17a09cb3_tributosjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116883/images/original/56caf17a09fa4_receitafundebjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116884/images/original/56caf17a0a162_despesafundebjan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116885/images/original/56caf17a0a31b_despesajan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116886/images/original/56caf17a0a4b2_receitajan2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116879/images/original/57fcca072e20b_parecer-mpublico-de-contas-2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116880/images/original/57fcca072e5fd_parecer-tce-contas-2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116867/images/original/57fbda886f008_certidao-rem-vereadores-exercicio-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116868/images/original/57fbda886f496_certidao-gastos-educacao-exercicio-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116869/images/original/57fbda886f905_certidao-gastos-saude-exercicio-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116870/images/original/57fbda886fe63_certidao-lei-compl-101-exercicio-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116871/images/original/57fbda8870391_creditos-adicionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116872/images/original/57fbda8870c39_ata-de-encerramento-de-inventario.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116873/images/original/57fbda8870fcd_parecer-conselho-do-rpps.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116874/images/original/57fbda88712f6_declaracao-blm.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116875/images/original/57fbda887157e_declaracao-de-bens.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116876/images/original/57fbda8871832_declaracao-das-conciliacoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116877/images/original/57fbda8871b0c_relatorio-e-parecer-do-controle-interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116878/images/original/57fbda8872010_relatorio-circunstanciado-da-prefeita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116866/images/original/5721f6214c69b_balanco-consolidado-e-notas-explicativas-2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116854/images/original/56a6719c41a60_rgf-limitconsoldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116855/images/original/56a6719c41c10_rgf-limitexecdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116856/images/original/56a6719c41d61_rgf-limitlegdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116857/images/original/56a6719c41ee0_rgf-dispcxconsoldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116858/images/original/56a6719c420a4_rgf-dispcxexecdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116859/images/original/56a6719c422b1_rgf-dispcxlegdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116860/images/original/56a6719c424af_rgf-divconsoldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116861/images/original/56a6719c425fc_rgf-opcreddez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116862/images/original/56a6719c4274e_rgf-garantcontrgardez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116863/images/original/56a6719c428c3_rgf-desppesconsoldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116864/images/original/56a6719c42ac7_rgf-desppesexecdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116865/images/original/56a6719c42c46_rgf-desppeslegdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116841/images/original/56a6713a3f925_rreo-saudedez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116842/images/original/56a6713a3fd60_rreo-educacaodez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116843/images/original/56a6713a3ff68_rreo-projatuarialdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116844/images/original/56a6713a400f4_rreo-alienatdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116845/images/original/56a6713a40307_rreo-opcreddez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116846/images/original/56a6713a40470_rreo-restosdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116847/images/original/56a6713a405d4_rreo-dempreviddez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116848/images/original/56a6713a40735_rreo-resnomdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116849/images/original/56a6713a40882_rreo-resprimdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116850/images/original/56a6713a409df_rreo-rcldez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116851/images/original/56a6713a40be3_rreo-funsubdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116852/images/original/56a6713a40d9a_rreo-balordez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116853/images/original/56a6713a4368b_rreo-simplificadodez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116831/images/original/5693eba24d982_comprasdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116832/images/original/5693eba24dcd9_receitafundebd2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116833/images/original/5693eba24de3b_receitafundebdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116834/images/original/5693eba251081_despesafundeb2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116835/images/original/5693eba2512b3_despesafundebdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116836/images/original/5693eba2514a8_tributosdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116837/images/original/5693eba25168a_despesa2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116838/images/original/5693eba251847_despesadez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116839/images/original/5693eba251a2f_receita2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116840/images/original/5693eba251c46_receitadez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116830/images/original/568ead996d6ac_contratosaditdez2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116829/images/original/5667199df1527_contadnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116823/images/original/5660451808fdf_comprasnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116824/images/original/5660451809486_tributosnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116825/images/original/56604518096a4_despesafundebnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116826/images/original/5660451809877_receitafundebnov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116827/images/original/56604518099c6_despesanov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116828/images/original/5660451809bab_receitanov2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116810/images/original/564cbeb9629ff_rreo-projatuarialout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116811/images/original/564cbeb962bc3_rreo-funsubout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116812/images/original/564cbeb962d64_rreo-saudeout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116813/images/original/564cbeb962eb9_rreo-alienatout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116814/images/original/564cbeb96305b_rreo-opcredout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116815/images/original/564cbeb9631bc_rreo-educacaoout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116816/images/original/564cbeb9632fe_rreo-restosout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116817/images/original/564cbeb963470_rreo-resprimout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116818/images/original/564cbeb9635da_rreo-resnomout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116819/images/original/564cbeb963714_rreo-demprevidout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116820/images/original/564cbeb963882_rreo-rclout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116821/images/original/564cbeb963a0f_rreo-balorout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116822/images/original/564cbeb963b93_rreo-simplificadoout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116804/images/original/564cbde6bf8cd_receitafundebout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116805/images/original/564cbde6bfa91_comprasout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116806/images/original/564cbde6bfcb2_tributosout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116807/images/original/564cbde6bfe05_despesafundebout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116808/images/original/564cbde6bff65_despesaout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116809/images/original/564cbde6c00d4_receitaout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116803/images/original/563a3951c198e_contadout2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116802/images/original/56156405337af_contadset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116796/images/original/5613c64aa9792_receitaset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116797/images/original/5613c64aa9b5c_despesaset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116798/images/original/5613c64aa9d1b_comprasset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116799/images/original/5613c64aa9fff_tributosset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116800/images/original/5613c64aac57b_despesafundebset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116801/images/original/5613c64aac7e5_receitafundebset2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116783/images/original/560054302bb6d_rreo-simplificadoago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116784/images/original/560054302bd96_rreo-rclago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116785/images/original/560054302bf4f_rreo-alienatago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116786/images/original/560054302c0ed_rreo-educacaoago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116787/images/original/560054302c298_rreo-saudeago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116788/images/original/560054302c442_rreo-projatuarialago015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116789/images/original/560054302c5fb_rreo-opcredago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116790/images/original/560054302c7a4_rreo-restosago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116791/images/original/560054302c93f_rreo-resprimago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116792/images/original/560054302cae5_rreo-resnomago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116793/images/original/560054302cc7b_rreo-demprevidago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116794/images/original/560054302ce19_rreo-funsubago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116795/images/original/560054302cfd8_rreo-balorago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116782/images/original/55f9c8add00af_comprasago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116776/images/original/55f9c8546704b_receitafundebago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116777/images/original/55f9c8546c5c9_despesafundebago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116778/images/original/55f9c8546c74f_tributosago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116779/images/original/55f9c8546fe1f_despesaago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116780/images/original/55f9c8546ff9c_receitaago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116781/images/original/55f9c8547014f_contadago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116775/images/original/55f1bac49f4a5_contadago2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116774/images/original/55c4a74e7b05d_contadjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116768/images/original/55c36f14a4d83_comprasjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116769/images/original/55c36f14a5072_tributosjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116770/images/original/55c36f14a51c7_despesafundebjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116771/images/original/55c36f14a52f0_receitafundebjul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116772/images/original/55c36f14a5414_receitajul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116773/images/original/55c36f14a557a_despesajul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116755/images/original/559fc5dd4cd49_rreo-simplificadojun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116756/images/original/559fc5dd4d00f_rreo-saudejun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116757/images/original/559fc5dd4d1d2_rreo-alienatjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116758/images/original/559fc5dd4d3cc_rreo-projatuarialjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116759/images/original/559fc5dd4d5d4_rreo-opcredjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116760/images/original/559fc5dd4d7ad_rreo-educacaojun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116761/images/original/559fc5dd4d9c1_rreo-restosjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116762/images/original/559fc5dd4dc14_rreo-resprimjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116763/images/original/559fc5dd4ddce_rreo-resnomjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116764/images/original/559fc5dd50351_rreo-demprevidjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116765/images/original/559fc5dd50524_rreo-rcljul2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116766/images/original/559fc5dd506c7_rreo-funsubjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116767/images/original/559fc5dd50887_rreo-balorjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116754/images/original/559e4fa2511df_contadjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116748/images/original/559c2967ad8a3_comprasjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116749/images/original/559c2967adbee_receitafundebjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116750/images/original/559c2967addb4_despesafundebjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116751/images/original/559c2967adf03_tributosjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116752/images/original/559c2967ae044_despesajun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116753/images/original/559c2967ae1bb_receitajun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116741/images/original/5575ef8c728d3_contadmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116742/images/original/5575ef8c72c6a_comprasmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116743/images/original/5575ef8c72e1a_receitafundebmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116744/images/original/5575ef8c72f38_despesafundebmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116745/images/original/5575ef8c7307d_tributosmaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116746/images/original/5575ef8c73194_receitamaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116747/images/original/5575ef8c732c4_despesamaio2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116728/images/original/555cdcbaecf4e_rreo-demprevidabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116729/images/original/555cdcbaed1ec_rreo-simplificadoabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116730/images/original/555cdcbaed427_rreo-saudeabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116731/images/original/555cdcbaed5ee_rreo-alienatabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116732/images/original/555cdcbaed7d2_rreo-projatuarialabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116733/images/original/555cdcbaed95b_rreo-opcredabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116734/images/original/555cdcbaedb2e_rreo-educacaoabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116735/images/original/555cdcbaedcd9_rreo-restosabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116736/images/original/555cdcbaede92_rreo-resprimabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116737/images/original/555cdcbaee043_rreo-resnomabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116738/images/original/555cdcbaee1d0_rreo-rclabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116739/images/original/555cdcbaee358_rreo-funsubabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116740/images/original/555cdcbaee50d_rreo-balorabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116722/images/original/5559da8f71903_comprasabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116723/images/original/5559da8f71c90_tributosabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116724/images/original/5559da8f71e65_despesafundebabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116725/images/original/5559da8f7200f_receitafundebabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116726/images/original/5559da8f721e6_despesaabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116727/images/original/5559da8f723a0_receitaabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116721/images/original/5550a3f07a17a_contadabr2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116720/images/original/5537fa3d9d17a_despesamar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116714/images/original/5537f97b5de43_comprasmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116715/images/original/5537f97b5e1a2_tributosmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116716/images/original/5537f97b5e36b_receitafundebmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116717/images/original/5537f97b5e50f_despesafundebmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116718/images/original/5537f97b5e6d0_receitamar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116719/images/original/5537f97b5e8f6_contadmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116713/images/original/55257c0c08be0_contadmar2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116700/images/original/54fde0a0c71fd_rreo-simplificadofev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116701/images/original/54fde0a0c7dff_rreo-educacaofev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116702/images/original/54fde0a0c8071_rreo-saudefev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116703/images/original/54fde0a0c824d_rreo-alienatfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116704/images/original/54fde0a0c83f5_rreo-projatuarialfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116705/images/original/54fde0a0c85c7_rreo-opcredfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116706/images/original/54fde0a0ce18e_rreo-restosfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116707/images/original/54fde0a0ce3ea_rreo-resnomfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116708/images/original/54fde0a0ce5d3_rreo-demprevidfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116709/images/original/54fde0a0ce792_rreo-rclfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116710/images/original/54fde0a0ce965_rreo-funsubfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116711/images/original/54fde0a0ceb8f_rreo-balorfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116712/images/original/54fde0a0ced82_rreo-resprimfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116693/images/original/54f9becd6f1ed_contadfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116694/images/original/54f9becd71095_comprasfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116695/images/original/54f9becd71278_receitafundebfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116696/images/original/54f9becd713b5_despesafundebfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116697/images/original/54f9becd714de_tributosfev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116698/images/original/54f9becd7163c_despesafev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116699/images/original/54f9becd7175f_receitafev2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116691/images/original/56828d2469f5c_dpin-preslucena-2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116692/images/original/56828d246a530_politica-de-investimentos-presidente-lucena-2016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116682/images/original/559fc63047a4a_rgf-limitconsoljun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116683/images/original/559fc63047c05_rgf-limitexecjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116684/images/original/559fc63047d44_rgf-limitlegjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116685/images/original/559fc63047e97_rgf-opcredjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116686/images/original/559fc63047fc9_rgf-garantcontrgarjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116687/images/original/559fc63048103_rgf-divconsoljun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116688/images/original/559fc6304824c_rgf-desppesconsoljun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116689/images/original/559fc63048387_rgf-desppesexecjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116690/images/original/559fc630484e2_rgf-desppeslegjun2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116681/images/original/54d4adcab8c8c_contadjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116675/images/original/54d3763932bc0_receitafundebjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116676/images/original/54d3763932ee8_comprasjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116677/images/original/54d376393315b_tributosjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116678/images/original/54d3763933355_despesafundebjan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116679/images/original/54d3763933559_despesajan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116680/images/original/54d3763933789_receitajan2015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116674/images/original/55ba2d3f80d8c_balanco-consolidado-anexos-2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116666/images/original/54ca810c929f5_comprasdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116667/images/original/54ca810c92cdf_tributosdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116668/images/original/54ca810c92e59_receitafundeb2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116669/images/original/54ca810c92fee_despesafundeb2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116670/images/original/54ca810c93177_receita2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116671/images/original/54ca810c9330e_receitadez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116672/images/original/54ca810c9352c_despesa2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116673/images/original/54ca810c93702_despesadez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116665/images/original/54be723752c3f_contaddez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116652/images/original/54be716240001_rreo-opcreddez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116653/images/original/54be71624027b_rreo-simplificadodez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116654/images/original/54be71624041c_rreo-educacaodez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116655/images/original/54be7162405c2_rreo-alienatdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116656/images/original/54be716240747_rreo-saudedez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116657/images/original/54be7162408cf_rreo-projatuarialdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116658/images/original/54be716240a49_rreo-dempreviddez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116659/images/original/54be716240bfc_rreo-restosdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116660/images/original/54be716240d91_rreo-resprimdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116661/images/original/54be716240f03_rreo-resnomdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116662/images/original/54be716241093_rreo-rcldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116663/images/original/54be71624122d_rreo-funsubdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116664/images/original/54be7162413a9_rreo-balordez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116637/images/original/54be71238bc3d_rgf-limitconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116638/images/original/54be71238be27_rgf-limitexecdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116639/images/original/54be71238bf8c_rgf-limitlegdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116640/images/original/54be71238c0fc_rgf-restosconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116641/images/original/54be71238c295_rgf-restosexecdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116642/images/original/54be71238c429_rgf-restoslegdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116643/images/original/54be71238e0b0_rgf-dispcxconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116644/images/original/54be71238e28e_rgf-dispcxexecdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116645/images/original/54be71238e420_rgf-dispcxlegdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116646/images/original/54be71238e5a8_rgf-garantcontrgardez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116647/images/original/54be71238e761_rgf-opcreddez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116648/images/original/54be71238e906_rgf-divconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116649/images/original/54be71238ea72_rgf-desppesconsoldez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116650/images/original/54be71238ebc7_rgf-desppesexecdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116651/images/original/54be71238ed68_rgf-desppeslegdez2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116631/images/original/5489cf3cea5ec_comprasnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116632/images/original/5489cf3cea92a_tributosnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116633/images/original/5489cf3ceaaea_receitafundebnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116634/images/original/5489cf3ceacbc_despesafundebnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116635/images/original/5489cf3ceae7f_receitanov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116636/images/original/5489cf3ceb08e_despesanov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116630/images/original/5489cf02db941_contadnov2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116617/images/original/546e1f777eddd_rreo-simplificadoout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116618/images/original/546e1f777f0c4_rreo-saudeout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116619/images/original/546e1f778157d_rreo-educacaoout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116620/images/original/546e1f77984c9_rreo-restosout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116621/images/original/546e1f779c7c3_rreo-alienatout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116622/images/original/546e1f779ca74_rreo-opcredout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116623/images/original/546e1f779cc78_rreo-demprevidout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116624/images/original/546e1f779ce8a_rreo-projatuarialout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116625/images/original/546e1f779e777_rreo-resnomout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116626/images/original/546e1f779ea88_rreo-resprimout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116627/images/original/546e1f779ecba_rreo-rclout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116628/images/original/546e1f779eee1_rreo-funsubout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116629/images/original/546e1f779f0f4_rreo-balorout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116611/images/original/546c7eea45f1f_comprasout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116612/images/original/546c7eea4626b_despesafundebout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116613/images/original/546c7eea46429_receitafundebout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116614/images/original/546c7eea465d2_tributosout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116615/images/original/546c7eea467dc_despesaout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116616/images/original/546c7eea46974_receitaout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116610/images/original/54622cbf217d8_contadout2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116604/images/original/54410c6e4bf70_receitafundebset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116605/images/original/54410c6e4c242_despesafundebset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116606/images/original/54410c6e4c4cf_tributosset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116607/images/original/54410c6e4c72e_receitaset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116608/images/original/54410c6e4c9d7_despesaset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116609/images/original/54410c6e4cbfc_comprasset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116603/images/original/543523dbbffde_contadset2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116597/images/original/5417325b65fc3_comprasago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116598/images/original/5417325b66315_tributosago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116599/images/original/5417325b66463_despesafundebago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116600/images/original/5417325b68539_receitafundebago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116601/images/original/5417325b686a6_despesaago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116602/images/original/5417325b687f7_receitaago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116584/images/original/5417322504709_rreo-resprimago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116585/images/original/5417322504946_rreo-simplificadoago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116586/images/original/5417322504add_rreo-saudeago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116587/images/original/5417322504c5d_rreo-alienatago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116588/images/original/5417322504da5_rreo-projatuarialago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116589/images/original/5417322504f3f_rreo-opcredago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116590/images/original/541732250767a_rreo-educacaoago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116591/images/original/541732250781d_rreo-restosago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116592/images/original/5417322507981_rreo-resnomago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116593/images/original/5417322507b01_rreo-demprevidago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116594/images/original/5417322507c55_rreo-rclago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116595/images/original/5417322507e04_rreo-funsubago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116596/images/original/5417322507f74_rreo-balorago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116582/images/original/540ef54100e72_contadago2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116576/images/original/53f1f8b3e8aa5_comprasjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116577/images/original/53f1f8b3e90f0_tributosjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116578/images/original/53f1f8b3e939a_receitafundebjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116579/images/original/53f1f8b3e963c_despesafundebjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116580/images/original/53f1f8b3e9912_despesajul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116581/images/original/53f1f8b3e9b73_receitajul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116575/images/original/53e3c385c2adf_contadjul2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116562/images/original/53c57e0960905_rreo-simplificadojun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116563/images/original/53c57e0960c01_rreo-saudejun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116564/images/original/53c57e0960e85_rreo-alienatjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116565/images/original/53c57e0961172_rreo-projatuarialjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116566/images/original/53c57e0961411_rreo-opcredjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116567/images/original/53c57e0961628_rreo-educacaojun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116568/images/original/53c57e096185a_rreo-restosjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116569/images/original/53c57e0961a14_rreo-resprimjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116570/images/original/53c57e0961bf7_rreo-resnomjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116571/images/original/53c57e0961dda_rreo-demprevidjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116572/images/original/53c57e0962066_rreo-rcljun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116573/images/original/53c57e096221c_rreo-funsubjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116574/images/original/53c57e09623fb_rreo-balorjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116553/images/original/53c57dc299abf_rgf-limitconsoljun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116554/images/original/53c57dc299e0c_rgf-limitexecjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116555/images/original/53c57dc29a0a9_rgf-limitlegjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116556/images/original/53c57dc29a333_rgf-opcredjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116557/images/original/53c57dc29a549_rgf-divconsoljun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116558/images/original/53c57dc29a79c_rgf-garantcontrgarjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116559/images/original/53c57dc29a9fd_rgf-desppesconsoljun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116560/images/original/53c57dc29ac5a_rgf-desppesexecjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116561/images/original/53c57dc29aef7_rgf-desppeslegjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116545/images/original/53bc235e05383_contadjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116546/images/original/53bc235e07f6e_comprasjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116547/images/original/53bc235e08368_tributosjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116549/images/original/53bc235e08523_receitafundebjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116550/images/original/53bc235e086b3_despesafundebjun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116551/images/original/53bc235e08884_receitajun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116552/images/original/53bc235e08a39_despesajun2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116539/images/original/53a9a31bd5fa5_tributosmaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116540/images/original/53a9a31bd632b_despesafundebfmaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116541/images/original/53a9a31bd659c_receitafundebmaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116542/images/original/53a9a31bd67a1_despesamai2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116543/images/original/53a9a31bd69a7_receitamaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116544/images/original/53a9a31bd6bcc_comprasmaio2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116538/images/original/5395a45ff3f8c_contadmai2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116532/images/original/5375ecfc932d2_comprasabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116533/images/original/5375ecfc9360b_tributosabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116534/images/original/5375ecfc937ba_receitafundebabril2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116535/images/original/5375ecfc9393d_despesafundebfabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116536/images/original/5375ecfc93aa0_despesaabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116537/images/original/5375ecfc93c1e_receitaabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116518/images/original/5375ec916f127_rreo-simplificadoabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116519/images/original/5375ec916f38a_rreo-saudeabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116521/images/original/5375ec916f585_rreo-alienatabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116522/images/original/5375ec916f6ff_rreo-projatuarialabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116523/images/original/5375ec916f887_rreo-opcredabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116524/images/original/5375ec916f9f5_rreo-educacaoabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116525/images/original/5375ec916fb85_rreo-restosabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116526/images/original/5375ec916fd48_rreo-resprimabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116527/images/original/5375ec916fed4_rreo-resnomabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116528/images/original/5375ec9170060_rreo-demprevidabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116529/images/original/5375ec91701d8_rreo-rclabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116530/images/original/5375ec917034f_rreo-funsubabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116531/images/original/5375ec917051b_rreo-balorabr2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116512/images/original/535653dbd604e_comprasmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116513/images/original/535653dbd645d_despesafundebfmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116514/images/original/535653dbd65fd_receitafundebmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116515/images/original/535653dbd6768_tributosmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116516/images/original/535653dbd6905_despesamar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116517/images/original/535653dbd6ad9_receitamar2014.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116511/images/original/53440c6de23ff_contadmar2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116500/images/original/53220f8581cc2_rreo-simplificadofev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116501/images/original/53220f8581ed5_rreo-saudefev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116502/images/original/53220f8582051_rreo-alienatfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116503/images/original/53220f85821e5_rreo-projatuarialfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116504/images/original/53220f8582373_rreo-educacaofev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116505/images/original/53220f85824f2_rreo-restosfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116506/images/original/53220f8582696_rreo-resprimfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116507/images/original/53220f8582813_rreo-resnomfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116508/images/original/53220f85829a9_rreo-rclfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116509/images/original/53220f8582b1a_rreo-funsubfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116510/images/original/53220f8582c94_rreo-balorfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116493/images/original/532059ab6d6ba_comprasfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116494/images/original/532059ab6db2f_receitafundebfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116496/images/original/532059ab6dcde_despesafundebfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116497/images/original/532059ab6de77_tributosfev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116498/images/original/532059ab6e00c_despesafev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116499/images/original/532059ab6e1b3_receitafev2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116492/images/original/5321acf18cf85_sumulas-fevereiro-2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116486/images/original/52f8d4a71843f_comprasjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116487/images/original/52f8d4a71885d_despesafundebjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116488/images/original/52f8d4a718a6c_receitafundebjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116489/images/original/52f8d4a718c9e_tributosjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116490/images/original/52f8d4a718ef1_despesajan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116491/images/original/52f8d4a7190fa_receitajan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116485/images/original/52f8c166ddd5a_contadjan2014.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116484/images/original/53da42a16899b_balanco-2013-anexos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116471/images/original/52dfdd954e824_rreo-resprimdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116472/images/original/52dfdd954eb4c_rreo-simplificadodez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116473/images/original/52dfdd954eccf_rreo-restosdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116474/images/original/52dfdd954ee7c_rreo-educacaodez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116475/images/original/52dfdd954efe3_rreo-saudedez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116476/images/original/52dfdd954f147_rreo-alienatdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116477/images/original/52dfdd954f2b2_rreo-dempreviddez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116478/images/original/52dfdd954f415_rreo-projatuarialdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116479/images/original/52dfdd954f592_rreo-opcreddez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116480/images/original/52dfdd954f727_rreo-resnomdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116481/images/original/52dfdd954f8cd_rreo-rcldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116482/images/original/52dfdd954fa90_rreo-funsubdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116483/images/original/52dfdd954fc78_rreo-balordez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116456/images/original/52dfdd6748cf0_rgf-restosconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116457/images/original/52dfdd6749062_rgf-limitconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116458/images/original/52dfdd674928d_rgf-limitexecdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116459/images/original/52dfdd67494c7_rgf-limitlegdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116460/images/original/52dfdd6749706_rgf-restosexecdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116461/images/original/52dfdd6749927_rgf-restoslegdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116462/images/original/52dfdd6749b16_rgf-dispcxconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116463/images/original/52dfdd6749d31_rgf-dispcxexecdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116464/images/original/52dfdd6749f4b_rgf-dispcxlegdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116465/images/original/52dfdd674a137_rgf-opcreddez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116466/images/original/52dfdd674a324_rgf-garantcontrgardez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116467/images/original/52dfdd674a52c_rgf-divconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116468/images/original/52dfdd674a764_rgf-desppesconsoldez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116469/images/original/52dfdd674a94d_rgf-desppeslegdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116470/images/original/52dfdd674ab7a_rgf-desppesexecdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116446/images/original/52d67efd053c4_comprasdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116447/images/original/52d67efd05750_despesafundebdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116448/images/original/52d67efd058c0_despesafundeb2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116449/images/original/52d67efd05a72_receitafundebdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116450/images/original/52d67efd05c18_receitafundeb2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116451/images/original/52d67efd05d54_tributosdez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116452/images/original/52d67efd05ebe_despesadez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116453/images/original/52d67efd06024_despesa2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116454/images/original/52d67efd06185_receitadez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116455/images/original/52d67efd062f4_receita2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116445/images/original/52cb23f694781_contaddez2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116439/images/original/52b8524ec43b8_comprasnov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116440/images/original/52b8524ec47c9_receitafundebnov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116441/images/original/52b8524ec4987_despesafundebnov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116442/images/original/52b8524ec4b28_tributosnov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116443/images/original/52b8524ec4cfb_receitanov2013.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/166/DocumentAssets/116444/images/original/52b8524ec4ea6_despesanov2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C604"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C604" sqref="C604"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>